--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -58,4664 +58,5547 @@
     </w:p>
     <w:p w14:paraId="5C7F97FD" w14:textId="683ACE74" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="009D6EF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidSect="00C26493">
           <w:headerReference w:type="first" r:id="rId9"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1985" w:right="1077" w:bottom="1077" w:left="1077" w:header="737" w:footer="709" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk178013435"/>
       <w:bookmarkStart w:id="4" w:name="_Hlk178013429"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="543588D8" w14:textId="355768FF" w:rsidR="00494167" w:rsidRPr="00AF54CC" w:rsidRDefault="00494167" w:rsidP="00F024D1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="210E56E3" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="15"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>TÍTULO EM PORTUGUÊS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E281244" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="320" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF3131"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(O título deve ser em caixa alta, negrito, centralizado, espaçamento entre linhas 1.5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF3131"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,  fonte</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF3131"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16 - Times New Roman e não deve exceder 3 linhas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22517F57" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="15"/>
-[...178 lines deleted...]
-    <w:p w14:paraId="5E727758" w14:textId="77777777" w:rsidR="00494167" w:rsidRPr="00AF54CC" w:rsidRDefault="00494167" w:rsidP="00494167">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>RESUMO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8EEEC5" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="68594807" w14:textId="77777777" w:rsidR="00494167" w:rsidRPr="00AF54CC" w:rsidRDefault="00494167" w:rsidP="00494167">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>O resumo deve apresentar de forma clara, concisa e objetiva os principais elementos do artigo: introdução ao tema, objetivos, metodologia, resultados mais relevantes e conclusões. Deve conter, no máximo, 250 palavras, ser redigido em fonte Times New Roman, tamanho 11, parágrafo único, espacejamento simples entre linhas, alinhamento justificado e não fazer uso do recurso de parágrafo, sem citações ou abreviações não explicadas, e refletir com fidelidade o conteúdo do trabalho. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256ABDF4" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="442D254F" w14:textId="77777777" w:rsidR="00494167" w:rsidRPr="00AF54CC" w:rsidRDefault="00494167" w:rsidP="00494167">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Palavras-chave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> palavra 1; palavra 2; palavra 3; palavra 4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[3 a 5 palavras, separados por “ponto e vírgula”. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Priorizar o uso dos Descritores em Ciências da saúde (DECS) e/ou MESH].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B0610F0" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02C46BC2" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ENGLISH TITLE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4466972A" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF3131"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(O título deve ser em caixa alta, negrito, centralizado, espaçamento entre linhas 1.5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF3131"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,  fonte</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF3131"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16 - Times New Roman e não deve exceder 3 linhas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC20E1D" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="161BC45D" w14:textId="622BB424" w:rsidR="00494167" w:rsidRDefault="00494167" w:rsidP="00494167">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ABSTRACT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A42F92" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O resumo no idioma </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Inglês</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deve seguir as mesmas normas e recomendações do Resumo no idioma </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Português</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C1E75A" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: word 1; word 2, word 3, word 4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>[3 to 5 words, separated by “semicolon”. Prioritize the use of Health Sciences Descriptors (DECS) and/or MESH].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D55671" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E61F25D" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>SPANISH TITLE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9B8DEF" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="320" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF3131"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(O título deve ser em caixa alta, negrito, centralizado, espaçamento entre linhas 1.5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF3131"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,  fonte</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF3131"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16 - Times New Roman e não deve exceder 3 linhas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A0F3DA" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4248F190" w14:textId="77777777" w:rsidR="00494167" w:rsidRPr="00AF54CC" w:rsidRDefault="00494167" w:rsidP="00494167">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>RESUMEN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B7A680" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O resumo no idioma espanhol deve seguir as mesmas normas e recomendações do Resumo no idioma </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Português</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657B27BB" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Palabras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...76 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>palabra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>palabra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>palabra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>palabra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[3 a 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>palabras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, separadas por “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y coma”. Priorizar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uso de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Descriptores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Ciencias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Salud (DECS) y/o MESH]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B029B8" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="413D4A31" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTRODUÇÃO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(Título em negrito, Fonte 12, Times New Roman, espaçamento antes e depois parágrafo 10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6754052D" w14:textId="5B239ADE" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A introdução deve contextualizar o tema do estudo, apresentar o problema de pesquisa, justificar sua relevância científica e social, e explicitar os objetivos do trabalho. É importante revisar brevemente a literatura mais atual e pertinente, destacando lacunas que o estudo busca preencher. A introdução deve ser clara, objetiva e conduzida de forma a despertar o interesse do leitor, evitando descrições extensas ou detalhamento excessivo de dados que pertencem à seção de resultados. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Fonte Times New Roman, Tamanho 12, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Justificado,,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> espaçamento entre linhas 1,5, espaçamento antes e depois parágrafo 10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D578536" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>As citações devem ser indicadas no texto pelo sistema de chamada autor-data da NBR 10520/ABNT. Citações com adentramento e notas de rodapé devem adotar Fonte 10, Times New Roman). As citações com mais de três linhas devem seguir o formato abaixo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="419E37BE" w14:textId="5A00253E" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="320" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="3023"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Estilo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Scientific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Sciences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Recuo de 4 cm à esquerda, sem aspas, sem itálico. Fonte Times New Roman, corpo 10, espaçamento entre linhas simples. As citações em língua estrangeira devem oferecer a tradução em nota de rodapé. A referência deve vir em seguida. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Caiaffo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>; Portela, 2025, p. 15).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DCD46AB" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Obs.: Se houver destaques nas citações, grafar apenas o destaque em itálico ou negrito (ou respeitando o uso gráfico do original, quando for o caso) e informar entre parênteses, após a numeração da página, se o destaque é seu ou do texto original da citação. Por exemplo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771CF55F" w14:textId="5C9041F5" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="320" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="3023"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Estilo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Scientific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Sciences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Estilo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Scientific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Sciences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Estilo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Scientific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Sciences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Estilo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Scientific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Sciences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Estilo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Scientific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Sciences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Estilo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Scientific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D735E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Sciences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Caiaffo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>; Portela, 2025, p. 15, grifos do autor).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CFE22E4" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>As citações com até 3 linhas devem ser indicadas de acordo com o NBR 10520/ ABNT, entre parênteses, com as seguintes informações: sobrenome do autor em caixa alta; vírgula; ano da publicação (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Ex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.:Andrade; Villaça, 2020). Na citação indireta de uma obra com 2 ou 3 autores, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>o nome dos mesmos devem</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estar separados por </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>“ ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ”, segundo e </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>exemplo  (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Jossua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Metz, 1976) da </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NBR 10520/ABNT. Na citação indireta de obra com 4 ou mais autores, a abreviatura </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="202124"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et al </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>deve ser seguida de ponto, segundo o exemplo (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Martinset</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al., 2013).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C8D5587" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4516E792" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>O último parágrafo da Introdução deve conter o objetivo geral do artigo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ABEA97A" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F787434" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...132 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>METODOLOGIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(Título em negrito, Fonte 12, Times New Roman, espaçamento entre linhas 1.5, espaçamento antes e depois parágrafo 10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0EC249" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Destacar os procedimentos metodológicos adotados com informações sobre tipo de estudo, população estudada, local, procedimentos metodológicos, análises estatísticas utilizadas, amostragem, entre outros. É imprescindível que estudos que envolvam seres humanos e/ou animais especifiquem o número de aprovação do CEP ou CEUA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30404ABB" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D7FA41A" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>RESULTADOS E DISCUSSÃO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(Título em negrito, Fonte 12, Times New Roman, espaçamento entre linhas 1.5, espaçamento antes e depois parágrafo 10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C74DD1" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Destacar os mais relevantes para os objetivos pretendidos. Ter moderação com a extensão dos parágrafos construídos. Os trabalhos de natureza quantitativa devem apresentar resultados numéricos, assim como seu significado estatístico. Os projetos em andamento devem destacar os resultados obtidos até o momento e/ou as expectativas quanto aos resultados do projeto. Já os relatos de experiência devem descrever a experiência de modo contextualizado, com objetividade e aporte teórico, estabelecendo ponderações e reflexões acerca da experiência relatada e da base teórica. Obs.: Se houver a necessidade de criar subtítulos para alguma seção deverão ser colocadas em (itálico, sem negrito). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0112A2" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ilustrações (gráficos, figuras, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>mapas, fotografias, desenhos, esquemas, fluxogramas, organogramas, plantas, quadros e outros) e tabelas devem ser referidas no texto, numeradas de acordo com a sequência (ABNT NBR 14724 de 2011) e inseridas no corpo de texto o mais próximo possível do trecho a que se refere (Figuras 1 e 2). Em caso de autoria própria, utilizar as frases: “Elaborado pelo próprio autor”, “Elaboração própria” ou “O próprio autor”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D34A42B" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Tabelas devem ser elaboradas conforme modelo </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>abaixo .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ilustrações e tabelas devem ser inseridas no documento com título/legenda, em negrito, centralizado, na parte superior e indicação da fonte com estilo autor-ano na parte inferior (ambos com fonte tamanho 10 e espaçamento simples), conforme exemplo abaixo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="178B053A" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-[...125 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B54426F" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...653 lines deleted...]
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...103 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D53D7CB" wp14:editId="06EA27DA">
-[...2 lines deleted...]
-            <wp:docPr id="2111163682" name="Imagem 6" descr="Logotipo, nome da empresa&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F9A60F0" wp14:editId="1B098615">
+            <wp:extent cx="2343875" cy="1562583"/>
+            <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+            <wp:docPr id="1831317960" name="Imagem 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2111163682" name="Imagem 6" descr="Logotipo, nome da empresa&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+                    <pic:cNvPr id="1831317960" name="Imagem 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2796540" cy="2796540"/>
+                      <a:ext cx="2366119" cy="1577413"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7A857749" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figura 1. Logo do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>GPTECSaúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="2EBD0BB4" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00C26493">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Grupo de Pesquisa Tecnologias em Saúde</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D3E18FD" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fonte: Sobrenome do Autor(a), 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02518A4A" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D32ED69" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...57 lines deleted...]
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="7FCAFE62" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00C26493">
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Tabela 1. Título</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75CA9548" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...51 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4871"/>
-        <w:gridCol w:w="4871"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="166"/>
+        <w:gridCol w:w="1160"/>
+        <w:gridCol w:w="1507"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C26493" w:rsidRPr="00AF54CC" w14:paraId="4B46F53B" w14:textId="77777777" w:rsidTr="00F8764A">
+      <w:tr w:rsidR="006A06A0" w:rsidRPr="00A04D14" w14:paraId="3BDD5691" w14:textId="77777777" w:rsidTr="00E857A1">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4871" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27607CCE" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00F8764A">
+          <w:p w14:paraId="77CDEE91" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF54CC">
+            <w:r w:rsidRPr="00A04D14">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Espaçamento: 1,0</w:t>
-[...31 lines deleted...]
-              <w:t>Fonte: Times New Roman</w:t>
+              <w:t>Variáveis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4871" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="200DC4E3" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00F8764A">
+          <w:p w14:paraId="32463886" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF32C4B" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF71B40" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Porcentagem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A06A0" w:rsidRPr="00A04D14" w14:paraId="095A6D9A" w14:textId="77777777" w:rsidTr="00E857A1">
+        <w:trPr>
+          <w:trHeight w:val="295"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="354EDD4E" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Idade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8CD101" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3ADAC6" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>—————</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02E79561" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>—————</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A06A0" w:rsidRPr="00A04D14" w14:paraId="7BA8C01A" w14:textId="77777777" w:rsidTr="00E857A1">
+        <w:trPr>
+          <w:trHeight w:val="295"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D2B6BBC" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Sexo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35D1045F" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA18F72" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>—————</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0708E794" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>—————</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A06A0" w:rsidRPr="00A04D14" w14:paraId="0E0C3B90" w14:textId="77777777" w:rsidTr="00E857A1">
+        <w:trPr>
+          <w:trHeight w:val="295"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13DE8D26" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Altura</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD9AD44" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48D8E7F6" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>—————</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4447B58A" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>—————</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A06A0" w:rsidRPr="00A04D14" w14:paraId="170F9746" w14:textId="77777777" w:rsidTr="00E857A1">
+        <w:trPr>
+          <w:trHeight w:val="310"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0655C148" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22E4A2F3" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="384C1C2B" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE179EE" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="00E857A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Y</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C3ABE2F" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00C26493">
+    <w:p w14:paraId="4C2B1CEA" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D011799" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Usar (*) para representação de dados estatísticos significativos, caso houver.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF31337" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1134D52A" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fonte: Sobrenome do Autor(a), 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E257DE" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3051AE8D" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>CONCLUSÃO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(Título em negrito, Fonte 12, Times New Roman, espaçamento entre linhas 1.5, espaçamento antes e depois parágrafo 10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A214F7" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D0B14FC" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Destacar as conclusões mais relevantes, os estudos adicionais recomendados e os pontos positivos e negativos que poderão influir no conhecimento. É fundamental que o estudo esteja embasado no desenvolvimento e resultados obtidos da equipe. Cuidado para não estabelecer conclusões que não sejam fundamentadas nos dados do estudo. Nos projetos em andamento, deve-se discutir a relevância científica, tecnológica ou de inovação do projeto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D30C56F" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="531334E0" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="749F0489" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00C26493">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>AGRADECIMENTOS (se houver)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(Título em negrito, Fonte 12, Times New Roman, espaçamento entre linhas 1.0 (simples), espaçamento antes e depois parágrafo 10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E05177" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="137DF887" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00C26493">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12A1FEC7" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="62B41727" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00C26493">
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">A seção de agradecimentos deve ser breve e objetiva, destinada a reconhecer o apoio institucional, técnico, financeiro ou intelectual recebido durante a realização do estudo. Podem ser mencionados órgãos de fomento, instituições parceiras, colaboradores que não se enquadram como </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>co-autores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e demais contribuições relevantes. Evite agradecimentos genéricos ou de cunho pessoal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB7C2C6" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03B825C3" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="5548B007" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00C26493">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>FINANCIAMENTO (se houver)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(Título em negrito, Fonte 12, Times New Roman, espaçamento entre linhas 1.0 (simples), espaçamento antes e depois parágrafo 10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A8D58AB" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B8F861E" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CONFLITOS DE INTERESSE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(Título em negrito, Fonte 12, Times New Roman, espaçamento entre linhas 1.0 (simples), espaçamento antes e depois parágrafo 10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C18F940" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="251EE99D" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Os autores devem informar, de forma clara, a existência ou não de conflitos de interesse que possam ter influenciado os resultados ou a interpretação do estudo. Conflitos podem ser de natureza financeira, comercial, profissional ou pessoal. Caso não haja conflitos, deve-se incluir a seguinte declaração: "Os autores declaram não haver conflitos de interesse.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF4EBF3" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="280CA0CC" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">USO DE TECNOLOGIAS ASSISTIDAS E </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IA  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Título em negrito, Fonte 12, Times New Roman, espaçamento entre linhas 1.0 (simples), espaçamento antes e depois parágrafo 10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07816B95" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>“Declaramos que o manuscrito submetido contou com o uso de ferramentas de Inteligência Artificial [especificar qual a ferramenta/tecnologia utilizada] para [especificar finalidade: ex. revisão textual, tradução, sugestões estilísticas], sob nossa supervisão e responsabilidade, sem prejuízo à originalidade e à integridade científica do conteúdo.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B08F2D2" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Na ausência de uso de IA, deve-se declarar:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="715824E6" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>“Declaramos que não foi utilizado nenhum recurso de Inteligência Artificial no processo de elaboração deste manuscrito.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8C77C0" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70DAE5AD" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">REFERÊNCIAS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(Título em negrito, Fonte 12, Times New Roman, espaçamento entre linhas 1.0 (simples), espaçamento antes e depois parágrafo 10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18AA1164" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>As referências devem ser listadas ao final do artigo, em ordem alfabética pelo sobrenome do primeiro autor, alinhadas à margem esquerda e com espaçamento simples entre linhas. Utilize a fonte Times New Roman, tamanho 11 e mantenha espaçamento 1,5 entre as referências. Todos os documentos citados no texto devem constar nas referências, e vice-versa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F69E040" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BCCD68F" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...139 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Exemplos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C500796" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="553FE4F3" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Livro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">SOBRENOME, Prenomes. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Título do livro: subtítulo (se houver)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. Edição. Local: Editora, ano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3F27DB" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Ex.: FREIRE, Paulo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...162 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pedagogia do oprimido</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. 60. ed. Rio de Janeiro: Paz e Terra, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E8AD6A" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D517F77" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Capítulo de livro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A93EEC4" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SOBRENOME, Prenomes do autor do capítulo. Título do capítulo. In: SOBRENOME, Prenomes do(s) autor(es)/organizador(es). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...191 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Título do livro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Edição. Local: Editora, ano. p. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483BBCAE" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36C23322" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ex.: SILVA, José da. A saúde coletiva no Brasil. In: OLIVEIRA, Marta (Org.). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Temas de saúde pública.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. ed. São Paulo: Hucitec, 2019. p. 45–62.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5330639C" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="026A43B9" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Artigo em periódico científico (referências com mais de </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B4C0D6" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">SOBRENOME, Prenomes. Título do artigo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Título do periódico,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Local, volume, número, página inicial–final, mês abreviado. ano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E56A72A" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D57C36E" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ex.: LIMA, Carla M.; SANTOS, Pedro A. Estratégias de humanização no SUS. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Revista Brasileira de Saúde Pública</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, São Paulo, v. 36, n. 2, p. 123–130, abr./jun. 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF1569C" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77947E0D" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Trabalho apresentado em evento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">SOBRENOME, Prenomes. Título do trabalho. In: NOME DO EVENTO, número., ano, Local de realização. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Anais...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="2FF07638" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00C26493">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Local: Editora/Entidade, ano. p. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B4C1B2" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Ex.: COSTA, Ana L. A formação médica no Brasil. In: CONGRESSO BRASILEIRO DE EDUCAÇÃO MÉDICA, 58., 2021, Salvador. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anais... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Salvador: ABEM, 2021. p. 88–95.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F777EA4" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Dissertações e teses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">SOBRENOME, Prenomes. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Título: subtítulo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ano. Número de folhas. Tipo de trabalho (Grau e área) – Instituição, Local, ano.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Ex.: MORAES, Tiago F. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Políticas públicas de saúde e território.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020. 180 f. Dissertação (Mestrado em Saúde Coletiva) – Universidade Federal da Bahia, Salvador, 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16421D2B" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Documentos online (sites, portais, artigos eletrônicos)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">SOBRENOME, Prenomes. Título. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Título do site/periódico,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> local, data. Disponível em: &lt;URL&gt;. Acesso em: dia mês ano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0165A7F5" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Ex.: BRASIL. Ministério da Saúde. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Política Nacional de Saúde da Pessoa Idosa.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Brasília, 2006. Disponível em: https://bvsms.saude.gov.br. Acesso em: 15 jul. 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E9115C" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F4BC879" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Observações adicionais:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="695684F6" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...72 lines deleted...]
-        <w:pStyle w:val="PargrafodaLista"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="580"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Em caso de mais de três autores, citar os três primeiros seguidos de "et al.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3737C000" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="PargrafodaLista"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="580"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>As referências devem estar normalizadas e revisadas antes da submissão;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70CD8E13" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...1692 lines deleted...]
-    <w:p w14:paraId="15336C28" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00C26493">
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="580"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>O uso de gerenciadores de referências (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Mendeley</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Zotero</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>EndNote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>) é recomendado, desde que configurado com o estilo ABNT atualizado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D05316" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="70C8F20D" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00C26493">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B1020ED" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="67FACD6A" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00C26493">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Submissão em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 20xx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(Não preencher!!!) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04CBE4D7" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="1BA73C8B" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00C26493">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aceite em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 20xx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(Não preencher!!!) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D16BD30" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="79CA5C96" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00AF54CC" w:rsidRDefault="00C26493" w:rsidP="00C26493">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publicado em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 20xx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="ED220B"/>
+          <w:kern w:val="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(Não preencher!!!) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C648CF1" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRPr="00A04D14" w:rsidRDefault="006A06A0" w:rsidP="006A06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...151 lines deleted...]
-    </w:p>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="087FBD5D" w14:textId="77777777" w:rsidR="006A06A0" w:rsidRDefault="006A06A0" w:rsidP="006A06A0"/>
     <w:p w14:paraId="0246D396" w14:textId="77777777" w:rsidR="00C26493" w:rsidRDefault="00C26493"/>
     <w:sectPr w:rsidR="00C26493" w:rsidSect="00C26493">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1077" w:bottom="1077" w:left="1077" w:header="737" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63673D08" w14:textId="77777777" w:rsidR="008C1F38" w:rsidRDefault="008C1F38" w:rsidP="00C26493">
+    <w:p w14:paraId="74BBC8A9" w14:textId="77777777" w:rsidR="00607CF8" w:rsidRDefault="00607CF8" w:rsidP="00C26493">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="516AB546" w14:textId="77777777" w:rsidR="008C1F38" w:rsidRDefault="008C1F38" w:rsidP="00C26493">
+    <w:p w14:paraId="2AB92B7C" w14:textId="77777777" w:rsidR="00607CF8" w:rsidRDefault="00607CF8" w:rsidP="00C26493">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4726,50 +5609,57 @@
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica Neue">
+    <w:panose1 w:val="02000503000000020004"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3EF2FB2B" w14:textId="25970AE2" w:rsidR="00C26493" w:rsidRDefault="00FA5EA6">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7735E138" wp14:editId="282D887F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>23698</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>133350</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="763905" cy="259080"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -4961,51 +5851,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="708AFF53" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Caixa de Texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-9.95pt;margin-top:16.25pt;width:41.25pt;height:26.25pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCgZho+9QEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C817t27MZZeR2lSVNV&#13;&#10;Si9S0g/ALOtFBYYO2Lvu13dgHcdq36LygAYGDnPOHFbXgzVsrzBocDWfTkrOlJPQaLet+Y+n+3dL&#13;&#10;zkIUrhEGnKr5QQV+vX77ZtX7Ss2gA9MoZATiQtX7mncx+qooguyUFWECXjlKtoBWRFritmhQ9IRu&#13;&#10;TTEry/dFD9h4BKlCoN27McnXGb9tlYzf2jaoyEzNqbaYZ8zzJs3FeiWqLQrfaXksQ7yiCiu0o0dP&#13;&#10;UHciCrZD/Q+U1RIhQBsnEmwBbaulyhyIzbT8i81jJ7zKXEic4E8yhf8HK7/uH/13ZHH4AAM1MJMI&#13;&#10;/gHkz8Ac3HbCbdUNIvSdEg09PE2SFb0P1fFqkjpUIYFs+i/QUJPFLkIGGlq0SRXiyQidGnA4ia6G&#13;&#10;yCRtLmYXy8sFZ5JSFzQoTi+I6vmyxxA/KbAsBTVH6mkGF/uHEMejz0fSWw7utTG5r8axvuZXi9ki&#13;&#10;XzjLWB3Jdkbbmi/LNEYjJI4fXZMvR6HNGFMtxh1JJ54j4zhsBjqYyG+gORB9hNFe9B0o6AB/c9aT&#13;&#10;tWoefu0EKs7MZ0cSXk3n8+TFvJgvLme0wPPM5jwjnCSomkfOxvA2Zv+OXG9I6lZnGV4qOdZKlslC&#13;&#10;Hu2dPHm+zqdePuH6DwAAAP//AwBQSwMEFAAGAAgAAAAhAOzH+/7dAAAACgEAAA8AAABkcnMvZG93&#13;&#10;bnJldi54bWxMj09PwzAMxe9IfIfISNyYw6Bo65pOiIkriPFH2i1rvLaicaomW8u3xzvBxU/Wk5/f&#13;&#10;r1hPvlMnGmIb2MDtTIMiroJruTbw8f58swAVk2Vnu8Bk4IcirMvLi8LmLoz8RqdtqpWEcMytgSal&#13;&#10;PkeMVUPexlnoicU7hMHbJOtQoxvsKOG+w7nWD+hty/KhsT09NVR9b4/ewOfLYfd1r1/rjc/6MUwa&#13;&#10;2S/RmOurabOS8bgClWhKfxdwZpD+UEqxfTiyi6ozIDTJwN08AyXu4qx70UwDlgX+Ryh/AQAA//8D&#13;&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#13;&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#13;&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKBmGj71AQAAzAMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#13;&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOzH+/7dAAAACgEAAA8AAAAAAAAAAAAAAAAATwQA&#13;&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABZBQAAAAA=&#13;&#10;" filled="f" stroked="f">
+            <v:shape id="Caixa de Texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-9.95pt;margin-top:16.25pt;width:41.25pt;height:26.25pt;z-index:251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCgZho+9QEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C817t27MZZeR2lSVNV&#13;&#10;Si9S0g/ALOtFBYYO2Lvu13dgHcdq36LygAYGDnPOHFbXgzVsrzBocDWfTkrOlJPQaLet+Y+n+3dL&#13;&#10;zkIUrhEGnKr5QQV+vX77ZtX7Ss2gA9MoZATiQtX7mncx+qooguyUFWECXjlKtoBWRFritmhQ9IRu&#13;&#10;TTEry/dFD9h4BKlCoN27McnXGb9tlYzf2jaoyEzNqbaYZ8zzJs3FeiWqLQrfaXksQ7yiCiu0o0dP&#13;&#10;UHciCrZD/Q+U1RIhQBsnEmwBbaulyhyIzbT8i81jJ7zKXEic4E8yhf8HK7/uH/13ZHH4AAM1MJMI&#13;&#10;/gHkz8Ac3HbCbdUNIvSdEg09PE2SFb0P1fFqkjpUIYFs+i/QUJPFLkIGGlq0SRXiyQidGnA4ia6G&#13;&#10;yCRtLmYXy8sFZ5JSFzQoTi+I6vmyxxA/KbAsBTVH6mkGF/uHEMejz0fSWw7utTG5r8axvuZXi9ki&#13;&#10;XzjLWB3Jdkbbmi/LNEYjJI4fXZMvR6HNGFMtxh1JJ54j4zhsBjqYyG+gORB9hNFe9B0o6AB/c9aT&#13;&#10;tWoefu0EKs7MZ0cSXk3n8+TFvJgvLme0wPPM5jwjnCSomkfOxvA2Zv+OXG9I6lZnGV4qOdZKlslC&#13;&#10;Hu2dPHm+zqdePuH6DwAAAP//AwBQSwMEFAAGAAgAAAAhAOzH+/7dAAAACgEAAA8AAABkcnMvZG93&#13;&#10;bnJldi54bWxMj09PwzAMxe9IfIfISNyYw6Bo65pOiIkriPFH2i1rvLaicaomW8u3xzvBxU/Wk5/f&#13;&#10;r1hPvlMnGmIb2MDtTIMiroJruTbw8f58swAVk2Vnu8Bk4IcirMvLi8LmLoz8RqdtqpWEcMytgSal&#13;&#10;PkeMVUPexlnoicU7hMHbJOtQoxvsKOG+w7nWD+hty/KhsT09NVR9b4/ewOfLYfd1r1/rjc/6MUwa&#13;&#10;2S/RmOurabOS8bgClWhKfxdwZpD+UEqxfTiyi6ozIDTJwN08AyXu4qx70UwDlgX+Ryh/AQAA//8D&#13;&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#13;&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#13;&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKBmGj71AQAAzAMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#13;&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOzH+/7dAAAACgEAAA8AAAAAAAAAAAAAAAAATwQA&#13;&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABZBQAAAAA=&#13;&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="6CC52570" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00D05562" w:rsidRDefault="00C26493" w:rsidP="00B119ED">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:color w:val="0F9ED5" w:themeColor="accent4"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       </w:rPr>
                       <w:t>x</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -5026,466 +5916,247 @@
               </wp:positionV>
               <wp:extent cx="4747895" cy="381000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1778860773" name="Caixa de Texto 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4747895" cy="381000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6A95C1FF" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00EF7BFF" w:rsidRDefault="00C26493" w:rsidP="00D05562">
+                        <w:p w14:paraId="6A95C1FF" w14:textId="45CF833E" w:rsidR="00C26493" w:rsidRPr="006A06A0" w:rsidRDefault="006A06A0" w:rsidP="00D05562">
                           <w:pPr>
                             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="20"/>
+                              <w:rFonts w:cs="Times New Roman"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="006A06A0">
                             <w:rPr>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="20"/>
+                              <w:rFonts w:cs="Times New Roman"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">REVISTA </w:t>
+                            <w:t>Revista</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="007B5F8D">
+                          <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
+                            <w:rPr>
+                              <w:rFonts w:cs="Times New Roman"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                             <w:t xml:space="preserve">Acta </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r w:rsidRPr="007B5F8D">
+                          <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                             <w:t>Scientific</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r>
+                          <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r w:rsidRPr="007B5F8D">
+                          <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                             <w:t>Sciences</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r w:rsidRPr="000E433E">
+                          <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                             <w:rPr>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="20"/>
+                              <w:rFonts w:cs="Times New Roman"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">, </w:t>
-[...71 lines deleted...]
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve">, v. x, n. x, p. </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r>
+                          <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                             <w:rPr>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="20"/>
+                              <w:rFonts w:cs="Times New Roman"/>
                             </w:rPr>
-                            <w:t>xxxx</w:t>
-[...15 lines deleted...]
-                            <w:t>xxx</w:t>
+                            <w:t>xxxx-xxx</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r w:rsidRPr="000E433E">
+                          <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                             <w:rPr>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="20"/>
+                              <w:rFonts w:cs="Times New Roman"/>
                             </w:rPr>
                             <w:t xml:space="preserve">, </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r>
+                          <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                             <w:rPr>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="20"/>
+                              <w:rFonts w:cs="Times New Roman"/>
                             </w:rPr>
                             <w:t>xxxx</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r w:rsidRPr="00EF7BFF">
+                          <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                             <w:rPr>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="20"/>
+                              <w:rFonts w:cs="Times New Roman"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="766BBB15" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:64.65pt;margin-top:6.5pt;width:373.85pt;height:30pt;z-index:251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQB+vGEWGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6107duKsvI7cRK4q&#13;&#10;WUkkp8oZs+BFYhkK2Lvur+/A+ktpT1UvMDDDfLz3mD10jSZ74bwCU9LhIKdEGA6VMtuS/nhbfplS&#13;&#10;4gMzFdNgREkPwtOH+edPs9YWYgQ16Eo4gkmML1pb0joEW2SZ57VomB+AFQadElzDAh7dNqscazF7&#13;&#10;o7NRnt9mLbjKOuDCe7x96p10nvJLKXh4kdKLQHRJsbeQVpfWTVyz+YwVW8dsrfixDfYPXTRMGSx6&#13;&#10;TvXEAiM7p/5I1SjuwIMMAw5NBlIqLtIMOM0w/zDNumZWpFkQHG/PMPn/l5Y/79f21ZHQfYUOCYyA&#13;&#10;tNYXHi/jPJ10TdyxU4J+hPBwhk10gXC8HN+N76b3E0o4+m6mwzxPuGaX19b58E1AQ6JRUoe0JLTY&#13;&#10;fuUDVsTQU0gsZmCptE7UaEPakt7eTPL04OzBF9rgw0uv0QrdpiOquppjA9UBx3PQM+8tXyrsYcV8&#13;&#10;eGUOqcaJUL7hBRepAWvB0aKkBvfrb/cxHhlALyUtSqek/ueOOUGJ/m6Qm/vheBy1lg7jyd0ID+7a&#13;&#10;s7n2mF3zCKjOIX4Uy5MZ44M+mdJB844qX8Sq6GKGY+2ShpP5GHpB4y/hYrFIQaguy8LKrC2PqSOq&#13;&#10;EeG37p05e6QhIIHPcBIZKz6w0cf2fCx2AaRKVEWce1SP8KMyE4PHXxSlf31OUZe/Pv8NAAD//wMA&#13;&#10;UEsDBBQABgAIAAAAIQBsRBLw4gAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/BTsMwDL0j8Q+R&#13;&#10;kbixdJ2gpWs6TUUTEoLDxi7c3MZrqzVJabKt8PWYE1ysZ/v5+b18NZlenGn0nbMK5rMIBNna6c42&#13;&#10;Cvbvm7sUhA9oNfbOkoIv8rAqrq9yzLS72C2dd6ERLGJ9hgraEIZMSl+3ZNDP3ECWdwc3Ggzcjo3U&#13;&#10;I15Y3PQyjqIHabCz/KHFgcqW6uPuZBS8lJs33FaxSb/78vn1sB4+9x/3St3eTE9LLusliEBT+LuA&#13;&#10;3wzsHwo2VrmT1V703MePC6YyWHAwJqRJwqBSkPBAFrn8H6P4AQAA//8DAFBLAQItABQABgAIAAAA&#13;&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#13;&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#13;&#10;FAAGAAgAAAAhAH68YRYaAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#13;&#10;Ai0AFAAGAAgAAAAhAGxEEvDiAAAADgEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2Lnht&#13;&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="766BBB15" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:64.65pt;margin-top:6.5pt;width:373.85pt;height:30pt;z-index:251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQB+vGEWGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6107duKsvI7cRK4q&#13;&#10;WUkkp8oZs+BFYhkK2Lvur+/A+ktpT1UvMDDDfLz3mD10jSZ74bwCU9LhIKdEGA6VMtuS/nhbfplS&#13;&#10;4gMzFdNgREkPwtOH+edPs9YWYgQ16Eo4gkmML1pb0joEW2SZ57VomB+AFQadElzDAh7dNqscazF7&#13;&#10;o7NRnt9mLbjKOuDCe7x96p10nvJLKXh4kdKLQHRJsbeQVpfWTVyz+YwVW8dsrfixDfYPXTRMGSx6&#13;&#10;TvXEAiM7p/5I1SjuwIMMAw5NBlIqLtIMOM0w/zDNumZWpFkQHG/PMPn/l5Y/79f21ZHQfYUOCYyA&#13;&#10;tNYXHi/jPJ10TdyxU4J+hPBwhk10gXC8HN+N76b3E0o4+m6mwzxPuGaX19b58E1AQ6JRUoe0JLTY&#13;&#10;fuUDVsTQU0gsZmCptE7UaEPakt7eTPL04OzBF9rgw0uv0QrdpiOquppjA9UBx3PQM+8tXyrsYcV8&#13;&#10;eGUOqcaJUL7hBRepAWvB0aKkBvfrb/cxHhlALyUtSqek/ueOOUGJ/m6Qm/vheBy1lg7jyd0ID+7a&#13;&#10;s7n2mF3zCKjOIX4Uy5MZ44M+mdJB844qX8Sq6GKGY+2ShpP5GHpB4y/hYrFIQaguy8LKrC2PqSOq&#13;&#10;EeG37p05e6QhIIHPcBIZKz6w0cf2fCx2AaRKVEWce1SP8KMyE4PHXxSlf31OUZe/Pv8NAAD//wMA&#13;&#10;UEsDBBQABgAIAAAAIQBsRBLw4gAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/BTsMwDL0j8Q+R&#13;&#10;kbixdJ2gpWs6TUUTEoLDxi7c3MZrqzVJabKt8PWYE1ysZ/v5+b18NZlenGn0nbMK5rMIBNna6c42&#13;&#10;Cvbvm7sUhA9oNfbOkoIv8rAqrq9yzLS72C2dd6ERLGJ9hgraEIZMSl+3ZNDP3ECWdwc3Ggzcjo3U&#13;&#10;I15Y3PQyjqIHabCz/KHFgcqW6uPuZBS8lJs33FaxSb/78vn1sB4+9x/3St3eTE9LLusliEBT+LuA&#13;&#10;3wzsHwo2VrmT1V703MePC6YyWHAwJqRJwqBSkPBAFrn8H6P4AQAA//8DAFBLAQItABQABgAIAAAA&#13;&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#13;&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#13;&#10;FAAGAAgAAAAhAH68YRYaAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#13;&#10;Ai0AFAAGAAgAAAAhAGxEEvDiAAAADgEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2Lnht&#13;&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="6A95C1FF" w14:textId="77777777" w:rsidR="00C26493" w:rsidRPr="00EF7BFF" w:rsidRDefault="00C26493" w:rsidP="00D05562">
+                  <w:p w14:paraId="6A95C1FF" w14:textId="45CF833E" w:rsidR="00C26493" w:rsidRPr="006A06A0" w:rsidRDefault="006A06A0" w:rsidP="00D05562">
                     <w:pPr>
                       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="20"/>
+                        <w:rFonts w:cs="Times New Roman"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="006A06A0">
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="20"/>
+                        <w:rFonts w:cs="Times New Roman"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">REVISTA </w:t>
+                      <w:t>Revista</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="007B5F8D">
+                    <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
+                      <w:rPr>
+                        <w:rFonts w:cs="Times New Roman"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                       <w:t xml:space="preserve">Acta </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="007B5F8D">
+                    <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                       <w:t>Scientific</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r>
+                    <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="007B5F8D">
+                    <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                       <w:t>Sciences</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="000E433E">
+                    <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="20"/>
+                        <w:rFonts w:cs="Times New Roman"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">, </w:t>
-[...71 lines deleted...]
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t xml:space="preserve">, v. x, n. x, p. </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r>
+                    <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="20"/>
+                        <w:rFonts w:cs="Times New Roman"/>
                       </w:rPr>
-                      <w:t>xxxx</w:t>
-[...15 lines deleted...]
-                      <w:t>xxx</w:t>
+                      <w:t>xxxx-xxx</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="000E433E">
+                    <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="20"/>
+                        <w:rFonts w:cs="Times New Roman"/>
                       </w:rPr>
                       <w:t xml:space="preserve">, </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r>
+                    <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="20"/>
+                        <w:rFonts w:cs="Times New Roman"/>
                       </w:rPr>
                       <w:t>xxxx</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="00EF7BFF">
+                    <w:r w:rsidR="00C26493" w:rsidRPr="006A06A0">
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="20"/>
+                        <w:rFonts w:cs="Times New Roman"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66DABBB5" w14:textId="77777777" w:rsidR="008C1F38" w:rsidRDefault="008C1F38" w:rsidP="00C26493">
+    <w:p w14:paraId="0633569B" w14:textId="77777777" w:rsidR="00607CF8" w:rsidRDefault="00607CF8" w:rsidP="00C26493">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BD68092" w14:textId="77777777" w:rsidR="008C1F38" w:rsidRDefault="008C1F38" w:rsidP="00C26493">
+    <w:p w14:paraId="3BC2493A" w14:textId="77777777" w:rsidR="00607CF8" w:rsidRDefault="00607CF8" w:rsidP="00C26493">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Segundo Silva (1995 apud OLIVEIRA, 2020, p. 22), a metodologia científica é a chave para a evolução do conhecimento</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0482B395" w14:textId="77777777" w:rsidR="007F278B" w:rsidRPr="00493D51" w:rsidRDefault="007F278B" w:rsidP="007F278B">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="D1BA98"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00493D51">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="FFC000"/>
       </w:rPr>
@@ -6331,50 +7002,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="204B0637"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="36908D44"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A4D5D21"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6BBA1DF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6479,51 +7299,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55917014"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03FA00E6"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6592,51 +7412,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C7843E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="500668B4"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6705,51 +7525,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65192C53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CCF8D154"/>
     <w:lvl w:ilvl="0" w:tplc="54E2E054">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6817,51 +7637,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6553773F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0C161FA4"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6930,51 +7750,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="692F6E82"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F2706DF6"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7078,51 +7898,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CAB195D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BEC85F4"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7191,51 +8011,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73997377"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55A63C7C"/>
     <w:lvl w:ilvl="0" w:tplc="0416000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7305,133 +8125,141 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="981622769">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="689726048">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1548956365">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="770588465">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1986204156">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1471825665">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1772238717">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1772238717">
+  <w:num w:numId="8" w16cid:durableId="1564027805">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="821000789">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1564027805">
+  <w:num w:numId="10" w16cid:durableId="847713191">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="821000789">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="11" w16cid:durableId="2075662752">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="847713191">
-[...2 lines deleted...]
-  <w:num w:numId="11" w16cid:durableId="2075662752">
+  <w:num w:numId="12" w16cid:durableId="61225288">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C26493"/>
     <w:rsid w:val="00081EFC"/>
     <w:rsid w:val="000857EA"/>
     <w:rsid w:val="000F159E"/>
     <w:rsid w:val="001E7851"/>
     <w:rsid w:val="00284940"/>
     <w:rsid w:val="002B4BEB"/>
     <w:rsid w:val="003261B4"/>
     <w:rsid w:val="0042167F"/>
     <w:rsid w:val="00494167"/>
     <w:rsid w:val="0054522D"/>
     <w:rsid w:val="005A7840"/>
+    <w:rsid w:val="00607CF8"/>
+    <w:rsid w:val="006A06A0"/>
     <w:rsid w:val="007906BB"/>
     <w:rsid w:val="007A0579"/>
+    <w:rsid w:val="007D735E"/>
     <w:rsid w:val="007F278B"/>
     <w:rsid w:val="00854B4B"/>
     <w:rsid w:val="008C1F38"/>
     <w:rsid w:val="009D6EF8"/>
     <w:rsid w:val="00A34795"/>
+    <w:rsid w:val="00AA0328"/>
     <w:rsid w:val="00B53D36"/>
     <w:rsid w:val="00C26493"/>
+    <w:rsid w:val="00C679A3"/>
     <w:rsid w:val="00D67444"/>
     <w:rsid w:val="00E315BC"/>
     <w:rsid w:val="00EF05D2"/>
     <w:rsid w:val="00F024D1"/>
     <w:rsid w:val="00F95AB4"/>
     <w:rsid w:val="00FA5EA6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -8494,51 +9322,51 @@
     <w:link w:val="PargrafodaLista"/>
     <w:rsid w:val="00C26493"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00494167"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.64671/acta" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -8832,55 +9660,55 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>4439</Characters>
+  <Pages>5</Pages>
+  <Words>1842</Words>
+  <Characters>9948</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>82</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5251</CharactersWithSpaces>
+  <CharactersWithSpaces>11767</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>José Adriel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>